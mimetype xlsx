--- v0 (2026-01-02)
+++ v1 (2026-03-04)
@@ -54,564 +54,564 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13214</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Agustinho Rossi, Antonio Urbano da Silva, Clóvis Gresele, Dirceu Dimas Pereira, Enio Ruaro, Gilson Marcondes, Laurinha Luiza Dall'Igna, Leonir José Favin, Nelson Bertani, Nereu Faustino Ceni, Pedro Martins de Mello, Silvio Hasse, Valmi Tasca, Vilmar Maccari, Vilson Dala Costa</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13214/pdl_2-2001_-_decreto_legislativo_no_1-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13214/pdl_2-2001_-_decreto_legislativo_no_1-2001.pdf</t>
   </si>
   <si>
     <t>Convoca Plebiscito entre os eleitores patobranquenses para decidir sobre a venda, pelo Governo do Paraná, do controle acionário da Companhia Paranaense de Energia – COPEL.</t>
   </si>
   <si>
     <t>12308</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Clóvis Santo Padoan 2001 a 2004</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12308/17-2001_-_lei_no_2019-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12308/17-2001_-_lei_no_2019-2001.pdf</t>
   </si>
   <si>
     <t>Revoga dispositivos da Lei nº 1751 de 27 de agosto de 1998.</t>
   </si>
   <si>
     <t>12309</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12309/18-2001_-_lei_no_2018-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12309/18-2001_-_lei_no_2018-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza a Fundação de Saúde de Pato Branco a contratar servidores por prazo determinado, precedido de Teste Seletivo.</t>
   </si>
   <si>
     <t>12310</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12310/19-2001_-_lei_no_2150-2002.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12310/19-2001_-_lei_no_2150-2002.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar Termo de Permissão de Uso de Bem Público, com a Associação Círculo Amore Pela Itália.</t>
   </si>
   <si>
     <t>12314</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Nelson Bertani</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12314/23-2001_-_arquivado.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12314/23-2001_-_arquivado.pdf</t>
   </si>
   <si>
     <t>Estabelece preferência nas prescrições médicas e odontológicas de medicamentos genéricos no âmbito da rede municipal de saúde de Pato Branco.</t>
   </si>
   <si>
     <t>12334</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Dirceu Dimas Pereira, Enio Ruaro, Vilson Dala Costa</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12334/43-2001_-_lei_no_2055-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12334/43-2001_-_lei_no_2055-2001.pdf</t>
   </si>
   <si>
     <t>Proíbe a exposição e exploração de máquinas caça-níqueis (níquel) no Município de Pato Branco.</t>
   </si>
   <si>
     <t>12351</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Antonio Urbano da Silva</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12351/58-2001_-_arquivado.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12351/58-2001_-_arquivado.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 8º da Lei Municipal nº 127,de 10 de maio de 1973.</t>
   </si>
   <si>
     <t>12356</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Gilson Marcondes</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12356/63-2001_-_lei_no_2079-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12356/63-2001_-_lei_no_2079-2001.pdf</t>
   </si>
   <si>
     <t>Proíbe o tabagismo em estabelecimentos públicos e privados do Município de Pato Branco, institui a Semana de Combate  ao Fumo e o Dia Municipal de Combate ao Fumo – 29 de agosto.</t>
   </si>
   <si>
     <t>12358</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12358/65-2001_-_lei_no_2252-2003.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12358/65-2001_-_lei_no_2252-2003.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de afixação de cartazes alertando sobre os males causados pelo alcoolismo.</t>
   </si>
   <si>
     <t>12359</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12359/66-2001_-_devolvido.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12359/66-2001_-_devolvido.pdf</t>
   </si>
   <si>
     <t>Revoga os parágrafos 1º e 2º do artigo 16, da lei nº 1949 de 17 de julho de 2000.</t>
   </si>
   <si>
     <t>12387</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12387/71-2001_-_lei_no_2093-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12387/71-2001_-_lei_no_2093-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a incluir no currículo do Ensino Infantil do Município de Pato Branco a leitura da Bíblia Sagrada.</t>
   </si>
   <si>
     <t>12389</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Clóvis Gresele, Enio Ruaro</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12389/73-2001_-_lei_no_2126-2002.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12389/73-2001_-_lei_no_2126-2002.pdf</t>
   </si>
   <si>
     <t>Institui serviço de transporte individual de passageiros em motocicletas no Município de Pato Branco.</t>
   </si>
   <si>
     <t>12392</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12392/76-2001_-_devolvido.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12392/76-2001_-_devolvido.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Executivo Municipal, a efetuar pagamento de débitos do exercício de 2000, relativamente ao transporte escolar.</t>
   </si>
   <si>
     <t>12394</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12394/78-2001_-_lei_no_2089-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12394/78-2001_-_lei_no_2089-2001.pdf</t>
   </si>
   <si>
     <t>Revigora as disposições constantes da lei nº 1831, de 1º de junho de 1999.</t>
   </si>
   <si>
     <t>12395</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12395/79-2001_-_lei_no_2086-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12395/79-2001_-_lei_no_2086-2001.pdf</t>
   </si>
   <si>
     <t>Cria a Coordenadoria Municipal de Defesa Civil de Pato Branco - COMDEC/PB.</t>
   </si>
   <si>
     <t>12396</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12396/80-2001_-_lei_no_2091-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12396/80-2001_-_lei_no_2091-2001.pdf</t>
   </si>
   <si>
     <t>Institui o dia municipal do Evangélico.</t>
   </si>
   <si>
     <t>12406</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12406/90-2001_-_arquivado.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12406/90-2001_-_arquivado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar termo de cessão de uso oneroso de bem público de uso especial à Alimentos Pato Fruta Ltda.</t>
   </si>
   <si>
     <t>12407</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12407/91-2001_-_lei_no_2078-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12407/91-2001_-_lei_no_2078-2001.pdf</t>
   </si>
   <si>
     <t>Fixa o perímetro urbano da cidade.</t>
   </si>
   <si>
     <t>12413</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12413/97-2001_-_lei_no_2109-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12413/97-2001_-_lei_no_2109-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a extinguir a Fundação de Saúde de Pato Branco.</t>
   </si>
   <si>
     <t>12419</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12419/102-2001_-_lei_no_2116-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12419/102-2001_-_lei_no_2116-2001.pdf</t>
   </si>
   <si>
     <t>Institui a necessidade de ato de outorga ao uso privativo de parcela de bens públicos de uso comum do povo, na modalidade de permissão de uso remunerado e condicional, torna de direito a permissão havida como de fato, nos casos em que especifica.</t>
   </si>
   <si>
     <t>12422</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12422/105-2001_-_devolvido.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12422/105-2001_-_devolvido.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo a transigir nos autos 254/2001, que tramita na segunda vara cível.</t>
   </si>
   <si>
     <t>12423</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Enio Ruaro, Valmi Tasca</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12423/106-2001_-_arquivado.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12423/106-2001_-_arquivado.pdf</t>
   </si>
   <si>
     <t>Proíbe a aquisição de maquinário rodoviário com mais de 7 (sete) anos de fabricação.</t>
   </si>
   <si>
     <t>12434</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Vilmar Maccari</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12434/117-2001_-_arquivado.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12434/117-2001_-_arquivado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de cadeiras de rodas dotadas de cesto acondicionador de compras em supermercados destinados a clientes portadores de deficiência física.</t>
   </si>
   <si>
     <t>12444</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>Agustinho Rossi</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Proíbe o uso de leite longa vida nas escolas públicas municipais.</t>
   </si>
   <si>
     <t>12447</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12447/129-2001_-_lei_no_2114-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12447/129-2001_-_lei_no_2114-2001.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 1º da lei nº 1864, de 21, de setembro de 1999, que dispõe sobre a aquisição de imóveis de propriedade de Antonio Sloboda e Maria Sloboda Haracemiw.</t>
   </si>
   <si>
     <t>12448</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12448/130-2001_-_lei_no_2115-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12448/130-2001_-_lei_no_2115-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder a aquisição de imóveis.</t>
   </si>
   <si>
     <t>12449</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12449/131-2001_-_lei_no_2111-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12449/131-2001_-_lei_no_2111-2001.pdf</t>
   </si>
   <si>
     <t>Isenta do pagamento do Imposto de Transmissão de Bens Imóveis – ITBI, os cidadãos que permutarem imóveis seus com outros do município, inclusive as permutas realizadas com forte nas leis municipais nos 2015, de 8 de março de 2001; 2061 de 16 de julho de 2001 e 2085,  de 11 de outubro de 2001.</t>
   </si>
   <si>
     <t>12455</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12455/136-2001_-_lei_no_2120-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12455/136-2001_-_lei_no_2120-2001.pdf</t>
   </si>
   <si>
     <t>Altera a regulamentação da Coordenadoria Municipal de Proteção e Defesa do Consumidor de Pato Branco – PROCON, regulamenta seus procedimentos administrativos, modifica o Fundo Municipal de Defesa do Consumidor – FMDC.</t>
   </si>
   <si>
     <t>12457</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12457/138-2001_-_lei_no_2113-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12457/138-2001_-_lei_no_2113-2001.pdf</t>
   </si>
   <si>
     <t>Estatui regras para pagamento de despesas através do regime de adiantamento.</t>
   </si>
   <si>
     <t>12458</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12458/139-2001_-_lei_no_2122-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12458/139-2001_-_lei_no_2122-2001.pdf</t>
   </si>
   <si>
     <t>Altera o valor venal dos imóveis.</t>
   </si>
   <si>
     <t>12461</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12461/141-2001_-_lei_no_2123-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12461/141-2001_-_lei_no_2123-2001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o gerenciamento de resíduos produzidos nos estabelecimentos prestadores de serviço de saúde.</t>
   </si>
   <si>
     <t>13950</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13950/pr_02-2001_-_resolucao_no_2-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13950/pr_02-2001_-_resolucao_no_2-2001.pdf</t>
   </si>
   <si>
     <t>Referenda o Termo de Aditamento 001/2001, celebrado entre o município de Pato Branco e a Associação de Pais e Mestres do Colégio Estadual La Salle de Pato Branco, que tem por objeto a locação das instalações físicas de um prédio em alvenaria na Rua Arariboia, Bairro La Salle, para fins de colégio, estendendo-se o prazo da locação para até 02 de janeiro de 2003, pelo valor de R$ 2.000,00 (dois mil reais) mensais.</t>
   </si>
   <si>
     <t>13952</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Antonio Urbano da Silva, Leonir José Favin, Nereu Faustino Ceni, Vilmar Maccari</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13952/pr_04-2001_-_resolucao_no_3-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13952/pr_04-2001_-_resolucao_no_3-2001.pdf</t>
   </si>
   <si>
     <t>Referenda Termo de Desapropriação por acordo, firmado entre o município de Pato Branco e o Senhor Eugênio Zortea e esposa - para implantação de parque Industrial conforme decretos municipais nº 4219 de 08 de fevereiro de 2001 e 4249 de 27 de março de 2001.</t>
   </si>
   <si>
     <t>13953</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13953/pr_05-2001_-_resolucao_no_4-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13953/pr_05-2001_-_resolucao_no_4-2001.pdf</t>
   </si>
   <si>
     <t>Referenda Termo de Convênio nº 04/2001, que dispõe sobre a Cooperação Financeira com o Conselho Comunitário de Segurança Pública, inclusive com relação ao menor infrator.</t>
   </si>
   <si>
     <t>13955</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13955/pr_07-2001_-_resolucao_no_7-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13955/pr_07-2001_-_resolucao_no_7-2001.pdf</t>
   </si>
   <si>
     <t>Referenda o Convênio firmado em 11 de abril de 2001, entre o Município, o Sindicato Varejista de Pato Branco – CDL e Sociedade Rural de Pato Branco, que tem por objeto a realização da VIII EXPOPATO 2001– Exposição Feira Agropecuária, Industrial e Comercial de Pato Branco.</t>
   </si>
   <si>
     <t>13958</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13958/pr_09-2001_-_resolucao_no_9-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13958/pr_09-2001_-_resolucao_no_9-2001.pdf</t>
   </si>
   <si>
     <t>Referenda Termo de Cooperação Financeira entre o município, capela São Caetano e Associação dos Produtores Rurais da Comunidade de São Caetano.</t>
   </si>
   <si>
     <t>13962</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Agustinho Rossi, Dirceu Dimas Pereira, Laurinha Luiza Dall'Igna, Silvio Hasse, Vilson Dala Costa</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13962/pr_14-2001_-_resolucao_no_10-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13962/pr_14-2001_-_resolucao_no_10-2001.pdf</t>
   </si>
   <si>
     <t>Declara improcedente a denúncia de marcação de votos referente à deliberação da prestação de contas do Município de Pato Branco, relativo ao exercício financeiro de 1998.</t>
   </si>
   <si>
     <t>13963</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13963/pr_15-2001_-_rejeitado.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13963/pr_15-2001_-_rejeitado.pdf</t>
   </si>
   <si>
     <t>Referenda termo de acordo celebrado nos autos nº 254/2001, Ação de Indenização por Danos Materiais, promovido por Mauri Munaretto, contra o município de Pato Branco, em trâmite perante a 2ª Vara Cível da Comarca de Pato Branco.</t>
   </si>
   <si>
     <t>13964</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13964/pr_16-2001_-_resolucao_no_16-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13964/pr_16-2001_-_resolucao_no_16-2001.pdf</t>
   </si>
   <si>
     <t>Referenda termo de acordo celebrado nos autos nº 287/1999, Ação Sumária de reparação Danos por Ato Ilícito, acumulada com lucros cessantes e dano moral, em trâmite na 2ª Vara Cível da Comarca de Pato Branco, proposta por Valdir Carneiro Vieira contra o Município de Pato Branco.</t>
   </si>
   <si>
     <t>12336</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12336/43-2001_-_lei_no_2055-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12336/43-2001_-_lei_no_2055-2001.pdf</t>
   </si>
   <si>
     <t>Institui penalidades à pessoas físicas e jurídicas que explorarem atividades relacionadas a jogos em máquinas caça-níqueis, no âmbito do Município de Pato Branco.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -918,68 +918,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13214/pdl_2-2001_-_decreto_legislativo_no_1-2001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12308/17-2001_-_lei_no_2019-2001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12309/18-2001_-_lei_no_2018-2001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12310/19-2001_-_lei_no_2150-2002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12314/23-2001_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12334/43-2001_-_lei_no_2055-2001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12351/58-2001_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12356/63-2001_-_lei_no_2079-2001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12358/65-2001_-_lei_no_2252-2003.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12359/66-2001_-_devolvido.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12387/71-2001_-_lei_no_2093-2001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12389/73-2001_-_lei_no_2126-2002.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12392/76-2001_-_devolvido.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12394/78-2001_-_lei_no_2089-2001.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12395/79-2001_-_lei_no_2086-2001.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12396/80-2001_-_lei_no_2091-2001.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12406/90-2001_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12407/91-2001_-_lei_no_2078-2001.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12413/97-2001_-_lei_no_2109-2001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12419/102-2001_-_lei_no_2116-2001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12422/105-2001_-_devolvido.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12423/106-2001_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12434/117-2001_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12447/129-2001_-_lei_no_2114-2001.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12448/130-2001_-_lei_no_2115-2001.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12449/131-2001_-_lei_no_2111-2001.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12455/136-2001_-_lei_no_2120-2001.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12457/138-2001_-_lei_no_2113-2001.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12458/139-2001_-_lei_no_2122-2001.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12461/141-2001_-_lei_no_2123-2001.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13950/pr_02-2001_-_resolucao_no_2-2001.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13952/pr_04-2001_-_resolucao_no_3-2001.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13953/pr_05-2001_-_resolucao_no_4-2001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13955/pr_07-2001_-_resolucao_no_7-2001.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13958/pr_09-2001_-_resolucao_no_9-2001.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13962/pr_14-2001_-_resolucao_no_10-2001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13963/pr_15-2001_-_rejeitado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13964/pr_16-2001_-_resolucao_no_16-2001.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12336/43-2001_-_lei_no_2055-2001.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13214/pdl_2-2001_-_decreto_legislativo_no_1-2001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12308/17-2001_-_lei_no_2019-2001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12309/18-2001_-_lei_no_2018-2001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12310/19-2001_-_lei_no_2150-2002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12314/23-2001_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12334/43-2001_-_lei_no_2055-2001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12351/58-2001_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12356/63-2001_-_lei_no_2079-2001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12358/65-2001_-_lei_no_2252-2003.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12359/66-2001_-_devolvido.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12387/71-2001_-_lei_no_2093-2001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12389/73-2001_-_lei_no_2126-2002.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12392/76-2001_-_devolvido.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12394/78-2001_-_lei_no_2089-2001.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12395/79-2001_-_lei_no_2086-2001.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12396/80-2001_-_lei_no_2091-2001.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12406/90-2001_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12407/91-2001_-_lei_no_2078-2001.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12413/97-2001_-_lei_no_2109-2001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12419/102-2001_-_lei_no_2116-2001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12422/105-2001_-_devolvido.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12423/106-2001_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12434/117-2001_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12447/129-2001_-_lei_no_2114-2001.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12448/130-2001_-_lei_no_2115-2001.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12449/131-2001_-_lei_no_2111-2001.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12455/136-2001_-_lei_no_2120-2001.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12457/138-2001_-_lei_no_2113-2001.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12458/139-2001_-_lei_no_2122-2001.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12461/141-2001_-_lei_no_2123-2001.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13950/pr_02-2001_-_resolucao_no_2-2001.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13952/pr_04-2001_-_resolucao_no_3-2001.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13953/pr_05-2001_-_resolucao_no_4-2001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13955/pr_07-2001_-_resolucao_no_7-2001.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13958/pr_09-2001_-_resolucao_no_9-2001.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13962/pr_14-2001_-_resolucao_no_10-2001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13963/pr_15-2001_-_rejeitado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/13964/pr_16-2001_-_resolucao_no_16-2001.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12336/43-2001_-_lei_no_2055-2001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="242.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="118.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="117.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>