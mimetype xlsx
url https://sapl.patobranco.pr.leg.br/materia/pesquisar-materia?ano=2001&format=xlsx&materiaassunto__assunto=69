--- v0 (2026-01-02)
+++ v1 (2026-03-04)
@@ -54,459 +54,459 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>12271</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Clóvis Santo Padoan 2001 a 2004</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12271/02-2001_-_lei_no_2017-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12271/02-2001_-_lei_no_2017-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal conceder Subvenção Social ao Conselho Municipal da Criança e do Adolescente.</t>
   </si>
   <si>
     <t>12299</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12299/09-2001_-_lei_no_2016-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12299/09-2001_-_lei_no_2016-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal,  conceder subvenção social no valor de R$ 3.150,00 mensais, para o Conselho Municipal de Defesa dos Direitos da Criança e Adolescente.</t>
   </si>
   <si>
     <t>12317</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12317/26-2001_-_lei_no_2127-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12317/26-2001_-_lei_no_2127-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza conceder subvenção social à Associação da Casa Familiar Rural de Pato Branco.</t>
   </si>
   <si>
     <t>12318</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12318/27-2001_-_lei_no_2029-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12318/27-2001_-_lei_no_2029-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza conceder subvenção social à Creche Mãe Augusta Zanatta.</t>
   </si>
   <si>
     <t>12319</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12319/28-2001_-_lei_no_2030-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12319/28-2001_-_lei_no_2030-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza conceder subvenção social à Creche 3 Marias.</t>
   </si>
   <si>
     <t>12320</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12320/29-2001_-_lei_no_2031-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12320/29-2001_-_lei_no_2031-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza conceder subvenção social à Creche Criança Feliz.</t>
   </si>
   <si>
     <t>12321</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12321/30-2001_-_lei_no_2032-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12321/30-2001_-_lei_no_2032-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza conceder subvenção social à Creche Toca do Coelhinho.</t>
   </si>
   <si>
     <t>12322</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12322/31-2001_-_lei_no_2033-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12322/31-2001_-_lei_no_2033-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza conceder subvenção social à Creche Pingo de Gente.</t>
   </si>
   <si>
     <t>12323</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12323/32-2001_-_lei_no_2034-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12323/32-2001_-_lei_no_2034-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza conceder subvenção social à Creche Madre Paulina.</t>
   </si>
   <si>
     <t>12324</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12324/33-2001_-_lei_no_2035-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12324/33-2001_-_lei_no_2035-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza conceder subvenção social à Creche Elisa Rosa Colla Padoan.</t>
   </si>
   <si>
     <t>12325</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12325/34-2001_-_lei_no_2036-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12325/34-2001_-_lei_no_2036-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza conceder subvenção social à Creche União.</t>
   </si>
   <si>
     <t>12326</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12326/35-2001_-_lei_no_2037-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12326/35-2001_-_lei_no_2037-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza conceder subvenção social à Creche Comunitária Bairro São João.</t>
   </si>
   <si>
     <t>12327</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12327/36-2001_-_lei_no_2038-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12327/36-2001_-_lei_no_2038-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza conceder subvenção social à Creche São Miguel.</t>
   </si>
   <si>
     <t>12328</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12328/37-2001_-_lei_no_2039-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12328/37-2001_-_lei_no_2039-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza conceder subvenção social à Creche Trem da Alegria.</t>
   </si>
   <si>
     <t>12331</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12331/41-2001_-_lei_no_2043-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12331/41-2001_-_lei_no_2043-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza conceder subvenção social à Associação Franciscana Beata Angelina.</t>
   </si>
   <si>
     <t>12333</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12333/42-2001_-_arquivado.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12333/42-2001_-_arquivado.pdf</t>
   </si>
   <si>
     <t>Autoriza conceder subvenção social à Associação de Moradores de São Roque do Chopim.</t>
   </si>
   <si>
     <t>12339</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12339/46-2001_-_lei_no_2045-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12339/46-2001_-_lei_no_2045-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza conceder subvenção social ao Alberque Bom Samaritano da Sociedade São Vicente de Paulo.</t>
   </si>
   <si>
     <t>12340</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12340/47-2001_-_lei_no_2046-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12340/47-2001_-_lei_no_2046-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza conceder subvenção social ao Lar dos Idosos São Vicente de Paulo.</t>
   </si>
   <si>
     <t>12343</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12343/50-2001_-_lei_no_2047-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12343/50-2001_-_lei_no_2047-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza conceder subvenção social ao S.O.S. Vida – Casa de Recuperação de Toxicomanos e Alcoólatras de Pato Branco.</t>
   </si>
   <si>
     <t>12344</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12344/51-2001_-_lei_no_2048-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12344/51-2001_-_lei_no_2048-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza conceder subvenção social à FUNDABEM – Fundação Pato-branquense do Bem Estar do Menor.</t>
   </si>
   <si>
     <t>12346</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12346/53-2001_-_lei_no_2054-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12346/53-2001_-_lei_no_2054-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza conceder subvenção social à Associação de Pai e Amigos dos Excepcionais de Pato Branco - APAE.</t>
   </si>
   <si>
     <t>12397</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12397/81-2001_-_lei_no_2067-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12397/81-2001_-_lei_no_2067-2001.pdf</t>
   </si>
   <si>
     <t>12398</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12398/82-2001_-_lei_no_2068-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12398/82-2001_-_lei_no_2068-2001.pdf</t>
   </si>
   <si>
     <t>12399</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12399/83-2001_-_lei_no_2069-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12399/83-2001_-_lei_no_2069-2001.pdf</t>
   </si>
   <si>
     <t>12400</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12400/84-2001_-_lei_no_2070-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12400/84-2001_-_lei_no_2070-2001.pdf</t>
   </si>
   <si>
     <t>12401</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12401/85-2001_-_lei_no_2071-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12401/85-2001_-_lei_no_2071-2001.pdf</t>
   </si>
   <si>
     <t>12402</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12402/86-2001_-_lei_no_2072-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12402/86-2001_-_lei_no_2072-2001.pdf</t>
   </si>
   <si>
     <t>12403</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12403/87-2001_-_lei_no_2073-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12403/87-2001_-_lei_no_2073-2001.pdf</t>
   </si>
   <si>
     <t>12404</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12404/88-2001_-_lei_no_2074-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12404/88-2001_-_lei_no_2074-2001.pdf</t>
   </si>
   <si>
     <t>12405</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12405/89-2001_-_lei_no_2075-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12405/89-2001_-_lei_no_2075-2001.pdf</t>
   </si>
   <si>
     <t>12436</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12436/119-2001_-_lei_no_2101-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12436/119-2001_-_lei_no_2101-2001.pdf</t>
   </si>
   <si>
     <t>12437</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12437/120-2001_-_lei_no_2097-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12437/120-2001_-_lei_no_2097-2001.pdf</t>
   </si>
   <si>
     <t>12438</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12438/121-2001_-_lei_no_2098-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12438/121-2001_-_lei_no_2098-2001.pdf</t>
   </si>
   <si>
     <t>12439</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12439/122-2001_-_lei_no_2099-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12439/122-2001_-_lei_no_2099-2001.pdf</t>
   </si>
   <si>
     <t>12440</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12440/123-2001_-_lei_no_2100-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12440/123-2001_-_lei_no_2100-2001.pdf</t>
   </si>
   <si>
     <t>12441</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12441/124-2001_-_lei_no_2102-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12441/124-2001_-_lei_no_2102-2001.pdf</t>
   </si>
   <si>
     <t>12442</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12442/125-2001_-_lei_no_2103-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12442/125-2001_-_lei_no_2103-2001.pdf</t>
   </si>
   <si>
     <t>12443</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12443/126-2001_-_lei_no_2104-2001.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12443/126-2001_-_lei_no_2104-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza conceder subvenção social à Creche Comunitária do Bairro São João.</t>
   </si>
   <si>
     <t>12453</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12453/134-2001_-_devolvido.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12453/134-2001_-_devolvido.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei nº 1245/93, institui o auxílio-escola para o pessoal docente, nos termos em que especifica.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -813,68 +813,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12271/02-2001_-_lei_no_2017-2001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12299/09-2001_-_lei_no_2016-2001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12317/26-2001_-_lei_no_2127-2001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12318/27-2001_-_lei_no_2029-2001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12319/28-2001_-_lei_no_2030-2001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12320/29-2001_-_lei_no_2031-2001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12321/30-2001_-_lei_no_2032-2001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12322/31-2001_-_lei_no_2033-2001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12323/32-2001_-_lei_no_2034-2001.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12324/33-2001_-_lei_no_2035-2001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12325/34-2001_-_lei_no_2036-2001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12326/35-2001_-_lei_no_2037-2001.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12327/36-2001_-_lei_no_2038-2001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12328/37-2001_-_lei_no_2039-2001.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12331/41-2001_-_lei_no_2043-2001.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12333/42-2001_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12339/46-2001_-_lei_no_2045-2001.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12340/47-2001_-_lei_no_2046-2001.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12343/50-2001_-_lei_no_2047-2001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12344/51-2001_-_lei_no_2048-2001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12346/53-2001_-_lei_no_2054-2001.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12397/81-2001_-_lei_no_2067-2001.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12398/82-2001_-_lei_no_2068-2001.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12399/83-2001_-_lei_no_2069-2001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12400/84-2001_-_lei_no_2070-2001.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12401/85-2001_-_lei_no_2071-2001.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12402/86-2001_-_lei_no_2072-2001.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12403/87-2001_-_lei_no_2073-2001.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12404/88-2001_-_lei_no_2074-2001.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12405/89-2001_-_lei_no_2075-2001.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12436/119-2001_-_lei_no_2101-2001.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12437/120-2001_-_lei_no_2097-2001.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12438/121-2001_-_lei_no_2098-2001.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12439/122-2001_-_lei_no_2099-2001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12440/123-2001_-_lei_no_2100-2001.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12441/124-2001_-_lei_no_2102-2001.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12442/125-2001_-_lei_no_2103-2001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12443/126-2001_-_lei_no_2104-2001.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12453/134-2001_-_devolvido.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12271/02-2001_-_lei_no_2017-2001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12299/09-2001_-_lei_no_2016-2001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12317/26-2001_-_lei_no_2127-2001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12318/27-2001_-_lei_no_2029-2001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12319/28-2001_-_lei_no_2030-2001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12320/29-2001_-_lei_no_2031-2001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12321/30-2001_-_lei_no_2032-2001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12322/31-2001_-_lei_no_2033-2001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12323/32-2001_-_lei_no_2034-2001.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12324/33-2001_-_lei_no_2035-2001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12325/34-2001_-_lei_no_2036-2001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12326/35-2001_-_lei_no_2037-2001.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12327/36-2001_-_lei_no_2038-2001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12328/37-2001_-_lei_no_2039-2001.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12331/41-2001_-_lei_no_2043-2001.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12333/42-2001_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12339/46-2001_-_lei_no_2045-2001.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12340/47-2001_-_lei_no_2046-2001.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12343/50-2001_-_lei_no_2047-2001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12344/51-2001_-_lei_no_2048-2001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12346/53-2001_-_lei_no_2054-2001.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12397/81-2001_-_lei_no_2067-2001.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12398/82-2001_-_lei_no_2068-2001.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12399/83-2001_-_lei_no_2069-2001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12400/84-2001_-_lei_no_2070-2001.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12401/85-2001_-_lei_no_2071-2001.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12402/86-2001_-_lei_no_2072-2001.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12403/87-2001_-_lei_no_2073-2001.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12404/88-2001_-_lei_no_2074-2001.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12405/89-2001_-_lei_no_2075-2001.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12436/119-2001_-_lei_no_2101-2001.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12437/120-2001_-_lei_no_2097-2001.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12438/121-2001_-_lei_no_2098-2001.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12439/122-2001_-_lei_no_2099-2001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12440/123-2001_-_lei_no_2100-2001.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12441/124-2001_-_lei_no_2102-2001.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12442/125-2001_-_lei_no_2103-2001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12443/126-2001_-_lei_no_2104-2001.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2001/12453/134-2001_-_devolvido.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="149.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>