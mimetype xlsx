--- v0 (2026-01-03)
+++ v1 (2026-03-10)
@@ -54,450 +54,450 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>11574</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Roberto Viganó 2005 a 2008</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11574/43-2005_-_lei_no_2466-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11574/43-2005_-_lei_no_2466-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de imóvel à Alumínio Pato Branco Ltda.</t>
   </si>
   <si>
     <t>11575</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11575/45-2005_-_lei_no_2451-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11575/45-2005_-_lei_no_2451-2005.pdf</t>
   </si>
   <si>
     <t>Altera item 03 do Anexo II da Lei nº 2419, de 21 de janeiro de 2005.</t>
   </si>
   <si>
     <t>11593</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11593/62-2005_-_lei_no_2467-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11593/62-2005_-_lei_no_2467-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de imóvel à empresa A. M. Baggio Flach &amp; Cia. Ltda – ME.</t>
   </si>
   <si>
     <t>11611</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11611/80-2005_-_lei_no_2476-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11611/80-2005_-_lei_no_2476-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de imóvel à Villafort Indústria e Comércio de Móveis Ltda.</t>
   </si>
   <si>
     <t>11613</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11613/82-2005_-_lei_no_2477-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11613/82-2005_-_lei_no_2477-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de imóvel à Cooperativa Central Agro-Industrial Ltda. – CONFEPAR.</t>
   </si>
   <si>
     <t>11614</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11614/83-2005_-_lei_no_2478-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11614/83-2005_-_lei_no_2478-2005.pdf</t>
   </si>
   <si>
     <t>Revoga as leis nos 2108/2001 e 2302/2003, que autorizaram a doação de imóvel à Datasilos Indústria e Comércio de Máquinas Ltda.</t>
   </si>
   <si>
     <t>11619</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11619/87-2005_-_lei_no_2495-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11619/87-2005_-_lei_no_2495-2005.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 2.004, de 21 de dezembro de 2000 e doa imóveis ao SINTRAESC – Sindicato das Empresas Individuais de Transporte Escolar e de Passageiros por Fretamento de Pato Branco e Região.</t>
   </si>
   <si>
     <t>11620</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11620/88-2005_-_lei_no_2497-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11620/88-2005_-_lei_no_2497-2005.pdf</t>
   </si>
   <si>
     <t>Revoga as leis nº 1.619/97; nº 1.836/1999 e nº 1.934/2000, que dispõem sobre a doação de imóvel ao Estado do Paraná.</t>
   </si>
   <si>
     <t>11629</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11629/95-2005_-_lei_no_2493-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11629/95-2005_-_lei_no_2493-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de imóvel ao Tribunal Regional Eleitoral do Paraná.</t>
   </si>
   <si>
     <t>11630</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11630/96-2005_-_lei_no_2494-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11630/96-2005_-_lei_no_2494-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de imóvel ao Tribunal Regional do Trabalho da 9ª Região.</t>
   </si>
   <si>
     <t>11632</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11632/98-2005_-_lei_no_2485-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11632/98-2005_-_lei_no_2485-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de imóvel ao Serviço Social do Comércio – SESC.</t>
   </si>
   <si>
     <t>11640</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11640/107-2005_-_lei_no_2503-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11640/107-2005_-_lei_no_2503-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza a aquisição de parte do Imóvel Irmãos Carraro, desmembrado de uma parte do lote rural sob nº 46, do Núcleo Bom Retiro, de propriedade de Rozani Maria Carvalho da Silva Cararo e Delesia Fernandes.</t>
   </si>
   <si>
     <t>11641</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11641/108-2005_-_lei_no_2521-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11641/108-2005_-_lei_no_2521-2005.pdf</t>
   </si>
   <si>
     <t>Altera prazo de inalienabilidade e prorroga prazo para construir, previsto na lei nº 1.801, de 28 de dezembro de 1998.</t>
   </si>
   <si>
     <t>11664</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11664/127-2005_-_lei_no_2522-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11664/127-2005_-_lei_no_2522-2005.pdf</t>
   </si>
   <si>
     <t>Altera os incisos III e IV, do parágrafo único, da Lei nº 2.485, de 29 de julho de 2005, que dispõe sobre a doação de imóvel ao SESC – Serviço Social do Comércio.</t>
   </si>
   <si>
     <t>11665</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11665/128-2005_-_lei_no_2530-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11665/128-2005_-_lei_no_2530-2005.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 2.494, de 16 de agosto de 2005.</t>
   </si>
   <si>
     <t>11671</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11671/130-2005_-_lei_no_2517-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11671/130-2005_-_lei_no_2517-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a receber em doação os imóveis que especifica.</t>
   </si>
   <si>
     <t>11673</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11673/132-2005_-_lei_no_2520-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11673/132-2005_-_lei_no_2520-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar imóveis próprios do município, para a COHAPAR e firmar convênio, assumir obrigações e dá outras providências.</t>
   </si>
   <si>
     <t>11715</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11715/134-2005_-_lei_no_2515-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11715/134-2005_-_lei_no_2515-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar imóveis próprios do município, para a COHAPAR, firmar convênio, assumir obrigações e dá outras providências.</t>
   </si>
   <si>
     <t>11724</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11724/141-2005_-_lei_no_2533-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11724/141-2005_-_lei_no_2533-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de imóvel à empresa Boaretto Indústria de Alimentos Ltda. EPP e dá outras providências.</t>
   </si>
   <si>
     <t>11725</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11725/142-2005_-_lei_no_2535-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11725/142-2005_-_lei_no_2535-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de imóvel à empresa Cotefa Têxtil Farias Ltda.</t>
   </si>
   <si>
     <t>11726</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11726/143-2005_-_lei_no_2536-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11726/143-2005_-_lei_no_2536-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de imóvel à Metalúrgica Migfer Ltda.</t>
   </si>
   <si>
     <t>11727</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11727/144-2005_-_lei_no_2537-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11727/144-2005_-_lei_no_2537-2005.pdf</t>
   </si>
   <si>
     <t>Altera a redação do “caput” do art. 1º, da Lei nº 2466, de 22 de junho de 2005, que dispõe sobre a doação de imóvel à empresa Alumínio Pato Branco Ltda.</t>
   </si>
   <si>
     <t>11728</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11728/145-2005_-_lei_no_2538-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11728/145-2005_-_lei_no_2538-2005.pdf</t>
   </si>
   <si>
     <t>Altera a redação do “caput” do art. 1º, da Lei nº 2467, de 28 de junho de 2005, que dispõe sobre a doação de imóvel à empresa A. M. Baggio Flach &amp; Cia. Ltda – ME.</t>
   </si>
   <si>
     <t>11729</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11729/146-2005_-_lei_no_2539-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11729/146-2005_-_lei_no_2539-2005.pdf</t>
   </si>
   <si>
     <t>Altera a redação do “caput” do art. 1º, da Lei nº 2476, de 15 de julho de 2005, que dispõe sobre a doação de imóvel à empresa Villafort Indústria e Comércio de Móveis Ltda.</t>
   </si>
   <si>
     <t>11738</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11738/153-2005_-_lei_no_2548-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11738/153-2005_-_lei_no_2548-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de imóvel à empresa Vanilde Toscan Spagnol.</t>
   </si>
   <si>
     <t>11739</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11739/154-2005_-_lei_no_2544-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11739/154-2005_-_lei_no_2544-2005.pdf</t>
   </si>
   <si>
     <t>Altera a redação do “caput” do art. 1º, da Lei nº 2.485, de 29 de julho de 2005, que dispõe sobre a doação de imóvel ao Serviço Social do Comércio – SESC.</t>
   </si>
   <si>
     <t>11749</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11749/164-2005_-_lei_no_2561-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11749/164-2005_-_lei_no_2561-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de imóvel à empresa FERSUL – Manufaturados de Ferro Ltda.</t>
   </si>
   <si>
     <t>11751</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11751/167-2005_-_lei_no_2565-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11751/167-2005_-_lei_no_2565-2005.pdf</t>
   </si>
   <si>
     <t>Revoga a lei nº 2.400, de 17 de dezembro de 2004, que autorizou a doação de imóvel a Tuboforte Construtora de Obras Ltda., e autoriza a doação a Patolux Indústria e Comércio de Alumínios Ltda.</t>
   </si>
   <si>
     <t>11753</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11753/171-2005_-_lei_no_2564-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11753/171-2005_-_lei_no_2564-2005.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 1º da lei nº 2.520, de 23 de setembro de 2005, que dispõe sobre a doação de imóveis próprios do município, para a COHAPAR e firmar convênio, assumir obrigações e dá outras providências.</t>
   </si>
   <si>
     <t>11755</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11755/172-2005_-_devolvido.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11755/172-2005_-_devolvido.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de imóvel à Associação Pentecostal Jesus é o Rei.</t>
   </si>
   <si>
     <t>11765</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11765/178-2005_-_lei_no_2587-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11765/178-2005_-_lei_no_2587-2005.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 2.490, de 15 de agosto de 2005, que autorizou a doação de imóvel a Fabiula Angélica Gorlin.</t>
   </si>
   <si>
     <t>11767</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11767/179-2005_-_devolvido.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11767/179-2005_-_devolvido.pdf</t>
   </si>
   <si>
     <t>11779</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11779/189-2005_-_lei_no_2578-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11779/189-2005_-_lei_no_2578-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de imóvel à Associação dos Postos e Transportes de Combustíveis – ASTROCAM.</t>
   </si>
   <si>
     <t>11642</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
     <t>Aldir Vendrusculo, Cilmar Francisco Pastorello, Guilherme Sebastião Silverio, Laurindo Cesa, Márcia Fernandes de Carvalho Kozelinski, Marco Antonio Augusto Pozza, Nelson Bertani, Osmar Braun Sobrinho, Valmi Tasca, Volmir Sabbi</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11642/108-2005_-_lei_no_2521-2005.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11642/108-2005_-_lei_no_2521-2005.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso III, do parágrafo único, do artigo 1º, da Lei nº 1.801, de 28 de dezembro de 1998, que autorizou doação de imóvel à empresa Viasoft Ltda. e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -804,68 +804,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11574/43-2005_-_lei_no_2466-2005.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11575/45-2005_-_lei_no_2451-2005.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11593/62-2005_-_lei_no_2467-2005.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11611/80-2005_-_lei_no_2476-2005.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11613/82-2005_-_lei_no_2477-2005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11614/83-2005_-_lei_no_2478-2005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11619/87-2005_-_lei_no_2495-2005.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11620/88-2005_-_lei_no_2497-2005.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11629/95-2005_-_lei_no_2493-2005.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11630/96-2005_-_lei_no_2494-2005.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11632/98-2005_-_lei_no_2485-2005.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11640/107-2005_-_lei_no_2503-2005.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11641/108-2005_-_lei_no_2521-2005.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11664/127-2005_-_lei_no_2522-2005.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11665/128-2005_-_lei_no_2530-2005.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11671/130-2005_-_lei_no_2517-2005.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11673/132-2005_-_lei_no_2520-2005.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11715/134-2005_-_lei_no_2515-2005.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11724/141-2005_-_lei_no_2533-2005.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11725/142-2005_-_lei_no_2535-2005.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11726/143-2005_-_lei_no_2536-2005.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11727/144-2005_-_lei_no_2537-2005.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11728/145-2005_-_lei_no_2538-2005.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11729/146-2005_-_lei_no_2539-2005.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11738/153-2005_-_lei_no_2548-2005.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11739/154-2005_-_lei_no_2544-2005.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11749/164-2005_-_lei_no_2561-2005.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11751/167-2005_-_lei_no_2565-2005.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11753/171-2005_-_lei_no_2564-2005.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11755/172-2005_-_devolvido.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11765/178-2005_-_lei_no_2587-2005.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11767/179-2005_-_devolvido.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11779/189-2005_-_lei_no_2578-2005.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11642/108-2005_-_lei_no_2521-2005.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11574/43-2005_-_lei_no_2466-2005.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11575/45-2005_-_lei_no_2451-2005.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11593/62-2005_-_lei_no_2467-2005.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11611/80-2005_-_lei_no_2476-2005.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11613/82-2005_-_lei_no_2477-2005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11614/83-2005_-_lei_no_2478-2005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11619/87-2005_-_lei_no_2495-2005.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11620/88-2005_-_lei_no_2497-2005.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11629/95-2005_-_lei_no_2493-2005.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11630/96-2005_-_lei_no_2494-2005.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11632/98-2005_-_lei_no_2485-2005.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11640/107-2005_-_lei_no_2503-2005.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11641/108-2005_-_lei_no_2521-2005.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11664/127-2005_-_lei_no_2522-2005.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11665/128-2005_-_lei_no_2530-2005.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11671/130-2005_-_lei_no_2517-2005.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11673/132-2005_-_lei_no_2520-2005.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11715/134-2005_-_lei_no_2515-2005.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11724/141-2005_-_lei_no_2533-2005.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11725/142-2005_-_lei_no_2535-2005.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11726/143-2005_-_lei_no_2536-2005.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11727/144-2005_-_lei_no_2537-2005.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11728/145-2005_-_lei_no_2538-2005.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11729/146-2005_-_lei_no_2539-2005.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11738/153-2005_-_lei_no_2548-2005.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11739/154-2005_-_lei_no_2544-2005.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11749/164-2005_-_lei_no_2561-2005.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11751/167-2005_-_lei_no_2565-2005.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11753/171-2005_-_lei_no_2564-2005.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11755/172-2005_-_devolvido.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11765/178-2005_-_lei_no_2587-2005.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11767/179-2005_-_devolvido.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11779/189-2005_-_lei_no_2578-2005.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2005/11642/108-2005_-_lei_no_2521-2005.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="204.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="191.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>