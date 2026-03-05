--- v0 (2026-01-02)
+++ v1 (2026-03-05)
@@ -54,345 +54,345 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Fabricio Preis de Mello</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/264/7-2018_-_vetado_8tS3Ek3.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/264/7-2018_-_vetado_8tS3Ek3.pdf</t>
   </si>
   <si>
     <t>Obriga o Poder Executivo a afixar cartazes e mantê-los conservados em todas as repartições públicas municipais, contendo a seguinte informação: “Maltratar ou Abandonar Animais é Crime - Lei Federal n° 9.605/98 e Lei Municipal n° 4.433/2014 (PROBEM) - sujeito a prisão e multa”.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Marines Boff Gerhardt, Moacir Gregolin, Rodrigo José Correia</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/275/16-2018_-_lei_no_5132-2018.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/275/16-2018_-_lei_no_5132-2018.pdf</t>
   </si>
   <si>
     <t>Institui o programa de conscientização sobre a reciclagem do lixo “SEPARE – Cidade limpa, ambiente saudável” no âmbito do Município de Pato Branco e dá outras providências.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Vilmar Maccari</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/276/17-2018_-_arquivado.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/276/17-2018_-_arquivado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a permissão da visitação de animais domésticos e de estimação em hospitais privados, públicos contratados, conveniados e cadastrados no Sistema Único de Saúde – SUS no Município de Pato Branco.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Claudemir Zanco, Fabricio Preis de Mello</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/280/19-2018_-_lei_no_5141-2018.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/280/19-2018_-_lei_no_5141-2018.pdf</t>
   </si>
   <si>
     <t>Estabelece a forma de transmissão de vídeo em tempo real (online), nos Portais da Transparência dos sítios eletrônicos das Administrações Direta e Indireta do Município de Pato Branco, da fase de julgamento e classificação de todos os processos licitatórios da administração pública municipal.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Ronalce Moacir Dalchiavan</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/318/57-2018_-_arquivado.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/318/57-2018_-_arquivado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação de sanções à pessoa que urinar em vias ou logradouros públicos no Município de Pato Branco e dá outras providências.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Rodrigo José Correia</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/321/60-2018_-_lei_no_5237-2018.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/321/60-2018_-_lei_no_5237-2018.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a disponibilização de cadeiras de rodas nas Agências Bancárias de Pato Branco, Paraná para atendimento às pessoas portadoras de necessidades especiais, idosos ou com mobilidade reduzida de caráter permanente ou transitório.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Moacir Gregolin</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/325/63-2018_-_5324-2019_-_promulgada.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/325/63-2018_-_5324-2019_-_promulgada.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 3422, de 5 de agosto de 2010.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Claudemir Zanco</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/326/64-2018_-_arquivado.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/326/64-2018_-_arquivado.pdf</t>
   </si>
   <si>
     <t>Institui o Processo Simplificado Integrado de Licenciamento Ambiental e Urbanístico, para fins de regularização fundiária.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/353/88-2018_-_lei_no_5194-2018.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/353/88-2018_-_lei_no_5194-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a garanta às parturientes do direito à presença de acompanhante durante o trabalho de parto, parto e pós-parto imediato, no âmbito do município de Pato Branco.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>Marines Boff Gerhardt</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/362/93-2018_-_lei_no_5203-2018_9GiWKee.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/362/93-2018_-_lei_no_5203-2018_9GiWKee.pdf</t>
   </si>
   <si>
     <t>Fica instituída campanha de conscientização para retirada de medicamentos para diabetes, hipertensão e asma nas farmácias comerciais que participam ou sejam conveniadas ao programa Aqui tem Farmácia Popular.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Carlinho Antonio Polazzo, Joecir Bernardi, Marines Boff Gerhardt</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/440/134-2018_-_arquivado.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/440/134-2018_-_arquivado.pdf</t>
   </si>
   <si>
     <t>Proíbe a inauguração e entrega de obras públicas inacabadas, ou que não atendam à finalidade a que se destinam, no Município de Pato Branco.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/479/135-2018_-_arquivado.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/479/135-2018_-_arquivado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os leitos e margens das estradas rurais do município de Pato Branco e dá outras providências.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>Carlinho Antonio Polazzo</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/481/137-2018_-_lei_no_5317-2019.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/481/137-2018_-_lei_no_5317-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição, no âmbito do Município de Pato Branco, do fornecimento de canudos confeccionados em material plástico nos estabelecimentos que indica.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/581/143-2018_-_arquivado_wO2S3ja.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/581/143-2018_-_arquivado_wO2S3ja.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prevenção e o combate ao assédio sexual na Administração Pública Municipal Direta e Indireta no município de Pato Branco e dá outras providências.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>Carlinho Antonio Polazzo, Claudemir Zanco, Fabricio Preis de Mello, Joecir Bernardi, José Gilson Feitosa da Silva, Marines Boff Gerhardt, Moacir Gregolin, Rodrigo José Correia, Vilmar Maccari, Marco Antonio Augusto Pozza, Ronalce Moacir Dalchiavan</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/583/145-2018_-_lei_no_5238-2018_YEt55Y5.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/583/145-2018_-_lei_no_5238-2018_YEt55Y5.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2413, de 12 de janeiro de 2005, que disciplinou a realização de feiras ou eventos similares no Município de Pato Branco.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/584/146-2018_-_arquivado.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/584/146-2018_-_arquivado.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a colocação de placas que proíbem o uso de drogas ilícitas, nos locais em que especifica, dispõe sobre as sanções administrativas aplicadas pelo Município e dá outras providências.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/782/161-2018_-_arquivado.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/782/161-2018_-_arquivado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização de energia solar para o funcionamento de semáforos no município de Pato Branco e dá outras providências.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/934/168-2018_-_lei_no_5342-2019.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/934/168-2018_-_lei_no_5342-2019.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 4627, de 9 de julho de 2015, que dispõe sobre o horário de funcionamento dos estabelecimentos comerciais, industriais e prestadores de serviços no Município de Pato Branco.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/1599/206-2018_-_arquivado.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/1599/206-2018_-_arquivado.pdf</t>
   </si>
   <si>
     <t>Proíbe o comércio, o manuseio, a utilização, a queima e a soltura de fogos de artifício sonoros no Munícipio de Pato Branco e dá outras providências.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/1618/214-2018_-_lei_no_5610-2020_-_promulgada.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/1618/214-2018_-_lei_no_5610-2020_-_promulgada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de sistema de emissão de senhas eletrônicas de atendimento nos órgãos da administração pública municipal onde houver atendimento ao público.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
     <t>Fabricio Preis de Mello, Marines Boff Gerhardt</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/681/110-2017_-_lei_no_5267-2019_-_promulgada.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/681/110-2017_-_lei_no_5267-2019_-_promulgada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a colocação de cercas e alambrados em torno dos parques do município de Pato Branco e dá outras providências.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a permissão da presença de doula durante o período de trabalho de parto, parto e pós-parto imediato, nas maternidades, casas de parto e estabelecimentos hospitalares e congêneres no âmbito do Município de Pato Branco e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -699,67 +699,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/264/7-2018_-_vetado_8tS3Ek3.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/275/16-2018_-_lei_no_5132-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/276/17-2018_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/280/19-2018_-_lei_no_5141-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/318/57-2018_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/321/60-2018_-_lei_no_5237-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/325/63-2018_-_5324-2019_-_promulgada.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/326/64-2018_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/353/88-2018_-_lei_no_5194-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/362/93-2018_-_lei_no_5203-2018_9GiWKee.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/440/134-2018_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/479/135-2018_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/481/137-2018_-_lei_no_5317-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/581/143-2018_-_arquivado_wO2S3ja.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/583/145-2018_-_lei_no_5238-2018_YEt55Y5.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/584/146-2018_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/782/161-2018_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/934/168-2018_-_lei_no_5342-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/1599/206-2018_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/1618/214-2018_-_lei_no_5610-2020_-_promulgada.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/681/110-2017_-_lei_no_5267-2019_-_promulgada.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/264/7-2018_-_vetado_8tS3Ek3.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/275/16-2018_-_lei_no_5132-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/276/17-2018_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/280/19-2018_-_lei_no_5141-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/318/57-2018_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/321/60-2018_-_lei_no_5237-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/325/63-2018_-_5324-2019_-_promulgada.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/326/64-2018_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/353/88-2018_-_lei_no_5194-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/362/93-2018_-_lei_no_5203-2018_9GiWKee.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/440/134-2018_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/479/135-2018_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/481/137-2018_-_lei_no_5317-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/581/143-2018_-_arquivado_wO2S3ja.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/583/145-2018_-_lei_no_5238-2018_YEt55Y5.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/584/146-2018_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/782/161-2018_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/934/168-2018_-_lei_no_5342-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/1599/206-2018_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/1618/214-2018_-_lei_no_5610-2020_-_promulgada.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/681/110-2017_-_lei_no_5267-2019_-_promulgada.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="219.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="117.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="116.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>