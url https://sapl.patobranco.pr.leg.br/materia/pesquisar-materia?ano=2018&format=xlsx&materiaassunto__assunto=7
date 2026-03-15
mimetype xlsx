--- v0 (2026-01-04)
+++ v1 (2026-03-15)
@@ -54,249 +54,249 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Fabricio Preis de Mello</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/267/10-2018_-_lei_no_5178-2018.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/267/10-2018_-_lei_no_5178-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fórum Municipal Permanente de Debates Sobre a Proteção e Defesa dos Direitos dos Animais e dá outras providências.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/268/11-2018_-_lei_no_5221-2018.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/268/11-2018_-_lei_no_5221-2018.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial de Datas e Eventos do Município de Pato Branco, a “Semana de Adoção de Cães e Gatos” e dá outras providências.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Vilmar Maccari</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/324/62-2018_-_lei_no_5160-2018.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/324/62-2018_-_lei_no_5160-2018.pdf</t>
   </si>
   <si>
     <t>Institui o ano de 2018 como o Ano de Valorização e Defesa dos Direitos Humanos da Pessoa Idosa, em alusão à ratificação pelo Brasil da Convenção Interamericana sobre a Proteção dos Direitos Humanos dos Idosos.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>José Gilson Feitosa da Silva, Ronalce Moacir Dalchiavan</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/331/69-2018_-_lei_no_5166-2018.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/331/69-2018_-_lei_no_5166-2018.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Pato Branco a Campanha de Prevenção aos Acidentes do Trabalho e Doenças Ocupacionais denominada “Abril Verde” e dá outras providências.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Marines Boff Gerhardt</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/369/100-2018_-_lei_no_5188-2018_sZFtJKx.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/369/100-2018_-_lei_no_5188-2018_sZFtJKx.pdf</t>
   </si>
   <si>
     <t>Institui o “Julho Dourado” mês para reflexão e promoção de eventos sobre a saúde de animais de rua e animais domésticos de estimação e a importância da prevenção de zoonoses.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>Claudemir Zanco, Marines Boff Gerhardt, Moacir Gregolin, Rodrigo José Correia, Ronalce Moacir Dalchiavan</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/370/101-2018_-_lei_no_5195-2018.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/370/101-2018_-_lei_no_5195-2018.pdf</t>
   </si>
   <si>
     <t>Institui a Semana de Incentivo ao Parto Normal e Humanizado no município de Pato Branco e dá outras providências.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Ronalce Moacir Dalchiavan</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/371/projeto_de_lei_no_102-2018_yAfSlEZ.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/371/projeto_de_lei_no_102-2018_yAfSlEZ.pdf</t>
   </si>
   <si>
     <t>Institui a Semana de Combate e Prevenção ao Trabalho Infantil no município de Pato Branco e dá outras providências.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>Marines Boff Gerhardt, Rodrigo José Correia</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/386/114-2018_-_lei_no_5199-2018.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/386/114-2018_-_lei_no_5199-2018.pdf</t>
   </si>
   <si>
     <t>Institui o “Outubro Rosa” no Município de Pato Branco, Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>Rodrigo José Correia, Ronalce Moacir Dalchiavan</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/398/124-2018_-_lei_no_5204-2018.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/398/124-2018_-_lei_no_5204-2018.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 4419, de 17 de setembro de 2014, que inseriu no Calendário Oficial do Município de Pato Branco o evento “Marcha de Combate à Violência contra a Pessoa Idosa”.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/480/136-2018_-_lei_no_5215-2018.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/480/136-2018_-_lei_no_5215-2018.pdf</t>
   </si>
   <si>
     <t>Institui a Semana dos Profissionais da Educação no município de Pato Branco e dá outras providências.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Rodrigo José Correia</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/516/140-2018_-_lei_no_5216-2018.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/516/140-2018_-_lei_no_5216-2018.pdf</t>
   </si>
   <si>
     <t>Institui a “Cãominhada” no âmbito do Município de Pato Branco e dá outras providências.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>Marines Boff Gerhardt, Moacir Gregolin</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/629/150-2018_-_lei_no_5228-2018_-_promulgada.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/629/150-2018_-_lei_no_5228-2018_-_promulgada.pdf</t>
   </si>
   <si>
     <t>Institui o “Dia do Mamaço” no âmbito do Município de Pato Branco.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>Joecir Bernardi, Marines Boff Gerhardt, Moacir Gregolin, Ronalce Moacir Dalchiavan</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/632/153-2018_-_lei_no_5207-2018.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/632/153-2018_-_lei_no_5207-2018.pdf</t>
   </si>
   <si>
     <t>Institui o “Dia do Profissional de Educação Física”, no Calendário Oficial de Eventos do Município de Pato Branco e dá outras providências.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/975/172-2018_-_lei_no_5291-2019.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/975/172-2018_-_lei_no_5291-2019.pdf</t>
   </si>
   <si>
     <t>Institui o “Dia Municipal de Conscientização do Autismo” no município de Pato Branco e dá outras providências.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/1136/180-2018_-_lei_no_5243-2018_qyUeHdi.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/1136/180-2018_-_lei_no_5243-2018_qyUeHdi.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Agente Comunitário de Saúde e do Agente de Combate a Endemias e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -603,67 +603,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/267/10-2018_-_lei_no_5178-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/268/11-2018_-_lei_no_5221-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/324/62-2018_-_lei_no_5160-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/331/69-2018_-_lei_no_5166-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/369/100-2018_-_lei_no_5188-2018_sZFtJKx.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/370/101-2018_-_lei_no_5195-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/371/projeto_de_lei_no_102-2018_yAfSlEZ.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/386/114-2018_-_lei_no_5199-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/398/124-2018_-_lei_no_5204-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/480/136-2018_-_lei_no_5215-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/516/140-2018_-_lei_no_5216-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/629/150-2018_-_lei_no_5228-2018_-_promulgada.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/632/153-2018_-_lei_no_5207-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/975/172-2018_-_lei_no_5291-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/1136/180-2018_-_lei_no_5243-2018_qyUeHdi.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/267/10-2018_-_lei_no_5178-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/268/11-2018_-_lei_no_5221-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/324/62-2018_-_lei_no_5160-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/331/69-2018_-_lei_no_5166-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/369/100-2018_-_lei_no_5188-2018_sZFtJKx.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/370/101-2018_-_lei_no_5195-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/371/projeto_de_lei_no_102-2018_yAfSlEZ.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/386/114-2018_-_lei_no_5199-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/398/124-2018_-_lei_no_5204-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/480/136-2018_-_lei_no_5215-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/516/140-2018_-_lei_no_5216-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/629/150-2018_-_lei_no_5228-2018_-_promulgada.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/632/153-2018_-_lei_no_5207-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/975/172-2018_-_lei_no_5291-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2018/1136/180-2018_-_lei_no_5243-2018_qyUeHdi.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="94.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="116.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="115.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="190.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>