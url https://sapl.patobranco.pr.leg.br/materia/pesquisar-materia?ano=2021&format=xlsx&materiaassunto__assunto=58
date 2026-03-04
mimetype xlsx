--- v0 (2026-01-02)
+++ v1 (2026-03-04)
@@ -54,204 +54,204 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13145</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Lindomar Rodrigo Brandão</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/13145/7-2021_-_lei_no_5731-2021.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/13145/7-2021_-_lei_no_5731-2021.pdf</t>
   </si>
   <si>
     <t>Reconhece a prática da atividade física e do exercício físico como essenciais para a saúde da população e reconhece a essencialidade da prestação de serviços de atividade física pública ou privada, como forma de prevenção de patologias físicas e mentais no âmbito do Município de Pato Branco.</t>
   </si>
   <si>
     <t>13434</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Claudemir Zanco, Dirceu Luiz Boaretto, Eduardo Albani Dala Costa, Januário Koslinski, Joecir Bernardi, Lindomar Rodrigo Brandão, Marcos Junior Marini, Maria Cristina de Oliveira Rodrigues Hamera, Rafael Celestrin, Romulo Faggion, Thania Maria Caminski Gehlen</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/13434/17-2021_-_arquivado.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/13434/17-2021_-_arquivado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adoção de medidas temporárias e emergenciais na prevenção e combate ao contágio de Covid-19 e dá outras providências.</t>
   </si>
   <si>
     <t>13550</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Robson Cantu 2021 a 2024</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/13550/38-2021_-_lei_no_5722-2021.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/13550/38-2021_-_lei_no_5722-2021.pdf</t>
   </si>
   <si>
     <t>Ratifica protocolo de intenções firmado entre Municípios brasileiros, com a finalidade de adquirir vacinas para combate à pandemia do coronavírus; medicamentos, insumos e equipamentos na área da saúde.</t>
   </si>
   <si>
     <t>13694</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Claudemir Zanco, Joecir Bernardi, Lindomar Rodrigo Brandão, Rafael Celestrin, Thania Maria Caminski Gehlen</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/13694/44-2021_-_arquivado.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/13694/44-2021_-_arquivado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a disponibilização gratuita de kits de medicamentos para o tratamento precoce da Covid-19 na rede SUS do Município de Pato Branco, durante o período de pandemia e dá outras providências.</t>
   </si>
   <si>
     <t>14089</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Claudemir Zanco</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/14089/projeto_de_lei_no_56-2021.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/14089/projeto_de_lei_no_56-2021.pdf</t>
   </si>
   <si>
     <t>Estabelece as atividades religiosas como essenciais ao atendimento das necessidades da comunidade em circunstâncias que justifiquem a decretação de estado de emergência ou calamidade.</t>
   </si>
   <si>
     <t>14233</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/14233/65-2021_-_rejeitado.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/14233/65-2021_-_rejeitado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre infrações administrativas derivadas de condutas e atividades lesivas ao enfrentamento da emergência de saúde pública de importância internacional decorrente do novo Coronavírus - Covid-19 e dá outras providências.</t>
   </si>
   <si>
     <t>14391</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Romulo Faggion</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/14391/82-2021_-_lei_no_5785-2021.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/14391/82-2021_-_lei_no_5785-2021.pdf</t>
   </si>
   <si>
     <t>Inclui professores e funcionários dos estabelecimentos públicos e privados da educação básica e do ensino superior na segunda fase do grupo prioritário do plano da Vacinação contra o Covid - 19, no Município de Pato Branco, Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>14606</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/14606/98-2021_-_lei_no_5767-2021.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/14606/98-2021_-_lei_no_5767-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação temporária em caráter emergencial através de Processo Seletivo Super Simplificado de Farmacêuticos, Atendentes de Farmácia, Fisioterapeutas e Motoristas, no âmbito do Município de Pato Branco e dá outras providências.</t>
   </si>
   <si>
     <t>15123</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/15123/116-2021_-_lei_no_5813-2021.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/15123/116-2021_-_lei_no_5813-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Cadastro de Lista de Espera de interessados pelas sobras das vacinas de Covid-19, as chamadas "xepas", no município de Pato Branco, na forma que indica.</t>
   </si>
   <si>
     <t>15630</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/15630/156-2021_-_lei_no_5937-2022.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/15630/156-2021_-_lei_no_5937-2022.pdf</t>
   </si>
   <si>
     <t>Institui o Cartão Receita Digital, destinado à renovação automática das receitas ou prescrição digital de doenças crônicas previamente diagnosticadas aos usuários dos hospitais, prontos-socorros, prontos atendimentos e unidades de saúde do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>15714</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>Thania Maria Caminski Gehlen</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/15714/158-2021_-_lei_no_5932-2022.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/15714/158-2021_-_lei_no_5932-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de aplicativo específico para dispositivo móvel para o agendamento de consultas médicas, na rede pública de Saúde do Município de Pato Branco.</t>
   </si>
   <si>
     <t>16117</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>Maria Cristina de Oliveira Rodrigues Hamera, Thania Maria Caminski Gehlen</t>
   </si>
   <si>
-    <t>https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/16117/176-2021_-_lei_no_5943-2022.pdf</t>
+    <t>http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/16117/176-2021_-_lei_no_5943-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do “Programa Municipal Dignidade Menstrual” e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -558,68 +558,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/13145/7-2021_-_lei_no_5731-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/13434/17-2021_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/13550/38-2021_-_lei_no_5722-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/13694/44-2021_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/14089/projeto_de_lei_no_56-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/14233/65-2021_-_rejeitado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/14391/82-2021_-_lei_no_5785-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/14606/98-2021_-_lei_no_5767-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/15123/116-2021_-_lei_no_5813-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/15630/156-2021_-_lei_no_5937-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/15714/158-2021_-_lei_no_5932-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/16117/176-2021_-_lei_no_5943-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/13145/7-2021_-_lei_no_5731-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/13434/17-2021_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/13550/38-2021_-_lei_no_5722-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/13694/44-2021_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/14089/projeto_de_lei_no_56-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/14233/65-2021_-_rejeitado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/14391/82-2021_-_lei_no_5785-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/14606/98-2021_-_lei_no_5767-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/15123/116-2021_-_lei_no_5813-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/15630/156-2021_-_lei_no_5937-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/15714/158-2021_-_lei_no_5932-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patobranco.pr.leg.br/media/sapl/public/materialegislativa/2021/16117/176-2021_-_lei_no_5943-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="230.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>