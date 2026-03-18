--- v0 (2025-11-27)
+++ v1 (2026-03-18)
@@ -36,51 +36,51 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 169 de 2025</t>
   </si>
   <si>
-    <t>Geri Natalino Dutra 2025-2028 - Prefeito</t>
+    <t>Géri Natalino Dutra 2025-2028 - Prefeito</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 3.812, de 4 de abril de 2012, que institui o Plano de Carreira, Cargos e Vencimentos dos Servidores Públicos do Município de Pato Branco, e dá outras providências.</t>
   </si>
   <si>
     <t>Incluída na Ordem do Dia - 2ª  Votação</t>
   </si>
   <si>
     <t>Moção de Aplauso nº 18 de 2025</t>
   </si>
   <si>
     <t>Fabricio Preis de Mello</t>
   </si>
   <si>
     <t>A ser concedida ao Restaurante Chris Trattoria, pela conquista do reconhecimento estadual entre os 30 melhores restaurantes do Paraná, distinção recebida na cidade de Curitiba, que valoriza a qualidade, a tradição e a inovação na culinária.</t>
   </si>
   <si>
     <t>Incluída na Ordem do Dia - Votação Única</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 87 de 2025</t>
   </si>
   <si>
     <t>Thania Maria Caminski Gehlen</t>
   </si>